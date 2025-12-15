--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>CATEGORIA</t>
   </si>
   <si>
     <t>SUBCATEGORIA</t>
   </si>
   <si>
     <t>PRODUCTO</t>
   </si>
   <si>
     <t>MARCA</t>
   </si>
   <si>
     <t>PRECIO NETO</t>
   </si>
   <si>
     <t>CON IVA</t>
   </si>
   <si>
     <t>Congelados</t>
   </si>
   <si>
     <t>Churrasco Vacuno</t>
   </si>
   <si>
@@ -113,65 +113,77 @@
   <si>
     <t>Carne Molida Vacuno  Receta Del Abuelo  250 Gr</t>
   </si>
   <si>
     <t>RECETA DEL ABUELO</t>
   </si>
   <si>
     <t>Carne Molida Vacuno Receta Del Abuelo Pack  500 Gr (2 Ud)</t>
   </si>
   <si>
     <t>Carne Molida de Vacuno Super Beef Unidad (250 Gr )</t>
   </si>
   <si>
     <t>SUPER BEEF</t>
   </si>
   <si>
     <t>Carne Molida De Vacuno Super Beef Pack (4 X 250 Gr)</t>
   </si>
   <si>
     <t>Carne Molida de Vacuno Super Beef Caja (16 X 250 Gr)</t>
   </si>
   <si>
     <t>Carne de Ave</t>
   </si>
   <si>
+    <t xml:space="preserve">Pechuga Deshuesada Nat (1 kg) Sin Marinar </t>
+  </si>
+  <si>
+    <t>NAT</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Pechuga De Pollo Deshuesada Sin Piel Artico CAJA 3 Kg</t>
+  </si>
+  <si>
     <t>Pechuga De Pollo  Deshuesada Sin Piel Artico 1 Kg</t>
   </si>
   <si>
     <t>Carne De Cerdo</t>
   </si>
   <si>
     <t>Chuleta de Centro Artico 20 x 150 gr (3kg)</t>
   </si>
   <si>
     <t>Costillar en tira  Super Cerdo (Kilo)</t>
   </si>
   <si>
     <t>SUPER CERDO</t>
   </si>
   <si>
+    <t>AGOTADO</t>
+  </si>
+  <si>
     <t>Chuleta  Vetada Parrillera Artico 1KG</t>
   </si>
   <si>
     <t>Aros de Cebolla</t>
   </si>
   <si>
     <t>Aros De Cebolla Minuto Verde Bolsa 1 kg</t>
   </si>
   <si>
     <t>MINUTO VERDE</t>
   </si>
   <si>
     <t>Empanada Coctel para Freir</t>
   </si>
   <si>
     <t xml:space="preserve">Empanadas Raviolera  Queso Coctel Caja 48 Unid </t>
   </si>
   <si>
     <t>Empanadas Media Luna Queso Coctel Caja 40 Unid</t>
   </si>
   <si>
     <t>Hamburguesa  Vacuno</t>
   </si>
   <si>
     <t xml:space="preserve">Kit (1 Caja de Hamburguesa  Karmac - 6 Cheddar - 1 Salsa de Queso) </t>
@@ -239,132 +251,132 @@
   <si>
     <t>Hamburguesa De Soya Mr. Veggie Caja 4.2 Kg (42  X 100 Gr)</t>
   </si>
   <si>
     <t>Hamburguesa Lentejas Minuto Verde 100 Gr</t>
   </si>
   <si>
     <t>Hamburguesa  De Lenteja Minuto Verde Pack  500 Gr (5 X 100 Gr)</t>
   </si>
   <si>
     <t>Hamburguesa  De Garbanzo  Minuto Verde 100 Gr.</t>
   </si>
   <si>
     <t>Hamburguesa  de garbanzo Minuto Verde pack 500 Gr (5 X 100 Gr.)</t>
   </si>
   <si>
     <t>Hamburguesa Garbanzo Minuto Verde Caja ( 30 x 100 Gr)</t>
   </si>
   <si>
     <t>Hamburguesa Lentejas Minuto Verde Caja (30 x  100 Gr)</t>
   </si>
   <si>
     <t>Hortalizas Congeladas</t>
   </si>
   <si>
+    <t xml:space="preserve"> Choclo Grano Green Farms Caja 10 Kg</t>
+  </si>
+  <si>
+    <t>GREENFARMS</t>
+  </si>
+  <si>
     <t>Choclo Grano Minuto Verde  Bolsa  1 Kg</t>
   </si>
   <si>
     <t>Choclo Grano Green Farms Bolsa 1 Kg</t>
   </si>
   <si>
-    <t>GREENFARMS</t>
-[...1 lines deleted...]
-  <si>
     <t>Porotos Verde  Minuto Verde  Corte Frances bolsa 1 Kg</t>
   </si>
   <si>
     <t>Mix De Ensalada Minuto Verde bolsa 1 Kg</t>
   </si>
   <si>
     <t>Arvejas Minuto Verde bolsa 1 Kg</t>
   </si>
   <si>
     <t>Pasta De Choclo  Minuto Verde  tradicional bolsa 1 Kg</t>
   </si>
   <si>
     <t xml:space="preserve">Champiñon Laminado Minuto Verde bolsa 1 Kg </t>
   </si>
   <si>
     <t>Porotos Granados Minuto Verde bolsa 1 Kg</t>
   </si>
   <si>
     <t>Sofrito Con Ajo Minuto Verde bolsa 500 Gr</t>
   </si>
   <si>
-    <t>AGOTADO</t>
-[...1 lines deleted...]
-  <si>
     <t>Choclo En Trozo Minuto Verde bolsa 1 Kg</t>
   </si>
   <si>
     <t>Habas Minuto Verde bolsa 1 Kg</t>
   </si>
   <si>
     <t>Porotos Granados a La Chilena  Minuto Verde bolsa 1 Kg</t>
   </si>
   <si>
     <t>Mariscos</t>
   </si>
   <si>
     <t xml:space="preserve">Camarón 36-40 Crd. Pelado Gordon Fish  bolsa 1 Kg </t>
   </si>
   <si>
     <t>GORDON FISH</t>
   </si>
   <si>
     <t>Camarón  100-150 C-p  Gordon Fish bolsa 500 Gr</t>
   </si>
   <si>
     <t>Camarón  100-150 C-p - Gordon Fish - bolsa 1 Kg</t>
   </si>
   <si>
     <t>Surtido De Mariscos Gordon Fish bolsa 1 Kg</t>
   </si>
   <si>
     <t>Choritos Gordon Fish bolsa 1 Kg</t>
   </si>
   <si>
     <t>Anillos De Calamar Gordon Fish bolsa 1 Kg</t>
   </si>
   <si>
     <t>Pescados</t>
   </si>
   <si>
     <t>Salmón Trozo Con Piel Nacional bolsa 1 Kg</t>
   </si>
   <si>
     <t>Salmón Filete Con Piel Al Vacio Nacional bolsa 1 Kg</t>
   </si>
   <si>
     <t xml:space="preserve">Pangasius Filete Importado bolsa 1 Kg </t>
   </si>
   <si>
     <t>Atún Trozo Importado bolsa De 500 Gr</t>
   </si>
   <si>
-    <t>Reineta Nacional Filete bolsa  1 Kg</t>
+    <t>Reineta Filete bolsa  1 Kg</t>
   </si>
   <si>
     <t>Merluza Filete Importado bolsa  1 Kg</t>
   </si>
   <si>
     <t>Pulpa de Fruta</t>
   </si>
   <si>
     <t>Pulpa De Mango Guallarauco 1 Kg</t>
   </si>
   <si>
     <t>GUALLARAUCO</t>
   </si>
   <si>
     <t>Pulpa De Maracuyá Guallarauco 1 Kg</t>
   </si>
   <si>
     <t>Pulpa De Frutilla Guallarauco 1 Kg</t>
   </si>
   <si>
     <t>Pulpa De Piña Guallarauco 1 Kg</t>
   </si>
   <si>
     <t>Pulpa De Chirimoya  Guallarauco 1 Kg</t>
   </si>
@@ -1024,51 +1036,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F158"/>
+  <dimension ref="A1:F161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1086,54 +1098,54 @@
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>21428</v>
       </c>
       <c r="F2">
         <v>25500</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>23487</v>
+        <v>24201</v>
       </c>
       <c r="F3">
-        <v>27950</v>
+        <v>28800</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4">
         <v>8319</v>
       </c>
       <c r="F4">
         <v>9900</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>6</v>
@@ -1403,2814 +1415,2874 @@
       </c>
       <c r="C18" t="s">
         <v>31</v>
       </c>
       <c r="D18" t="s">
         <v>29</v>
       </c>
       <c r="E18">
         <v>26621</v>
       </c>
       <c r="F18">
         <v>31680</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>32</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="E19">
-        <v>6294</v>
+        <v>5033</v>
       </c>
       <c r="F19">
-        <v>7490</v>
+        <v>5990</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C20" t="s">
         <v>35</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20">
-        <v>13445</v>
+        <v>14781</v>
       </c>
       <c r="F20">
-        <v>16000</v>
+        <v>17590</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C21" t="s">
         <v>36</v>
       </c>
       <c r="D21" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="E21">
-        <v>7134</v>
+        <v>5126</v>
       </c>
       <c r="F21">
-        <v>8490</v>
+        <v>6100</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C22" t="s">
         <v>38</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22">
-        <v>4193</v>
+        <v>13445</v>
       </c>
       <c r="F22">
-        <v>4990</v>
+        <v>16000</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
+        <v>37</v>
+      </c>
+      <c r="C23" t="s">
         <v>39</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>40</v>
       </c>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23">
-        <v>3319</v>
+        <v>7134</v>
       </c>
       <c r="F23">
-        <v>3950</v>
+        <v>8490</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="B24" t="s">
+        <v>41</v>
+      </c>
+      <c r="C24" t="s">
         <v>42</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>9</v>
+      </c>
       <c r="E24">
-        <v>3991</v>
+        <v>4193</v>
       </c>
       <c r="F24">
-        <v>4750</v>
+        <v>4990</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C25" t="s">
         <v>44</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>45</v>
+      </c>
       <c r="E25">
-        <v>4193</v>
+        <v>3319</v>
       </c>
       <c r="F25">
-        <v>4990</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C26" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="D26"/>
       <c r="E26">
-        <v>31764</v>
+        <v>3991</v>
       </c>
       <c r="F26">
-        <v>37800</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C27" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D27"/>
       <c r="E27">
-        <v>24453</v>
+        <v>4193</v>
       </c>
       <c r="F27">
-        <v>29100</v>
+        <v>4990</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C28" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
       <c r="E28">
-        <v>38336</v>
+        <v>31764</v>
       </c>
       <c r="F28">
-        <v>45620</v>
+        <v>37800</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C29" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D29" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E29">
-        <v>27058</v>
+        <v>24453</v>
       </c>
       <c r="F29">
-        <v>32200</v>
+        <v>29100</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C30" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D30" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="E30">
-        <v>546</v>
+        <v>38336</v>
       </c>
       <c r="F30">
-        <v>650</v>
+        <v>45620</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C31" t="s">
         <v>53</v>
       </c>
       <c r="D31" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E31">
-        <v>2647</v>
+        <v>27058</v>
       </c>
       <c r="F31">
-        <v>3150</v>
+        <v>32200</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C32" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D32" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E32">
-        <v>20840</v>
+        <v>546</v>
       </c>
       <c r="F32">
-        <v>24800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C33" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D33" t="s">
         <v>56</v>
       </c>
       <c r="E33">
-        <v>630</v>
+        <v>2647</v>
       </c>
       <c r="F33">
-        <v>750</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C34" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D34" t="s">
         <v>56</v>
       </c>
       <c r="E34">
-        <v>2941</v>
+        <v>20840</v>
       </c>
       <c r="F34">
-        <v>3500</v>
+        <v>24800</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C35" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D35" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E35">
-        <v>16470</v>
+        <v>630</v>
       </c>
       <c r="F35">
-        <v>19600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C36" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D36" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="E36">
-        <v>1386</v>
+        <v>2941</v>
       </c>
       <c r="F36">
-        <v>1650</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C37" t="s">
+        <v>62</v>
+      </c>
+      <c r="D37" t="s">
         <v>60</v>
       </c>
-      <c r="D37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37">
-        <v>462</v>
+        <v>16470</v>
       </c>
       <c r="F37">
-        <v>550</v>
+        <v>19600</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C38" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D38" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="E38">
-        <v>2226</v>
+        <v>1386</v>
       </c>
       <c r="F38">
-        <v>2650</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C39" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D39" t="s">
         <v>29</v>
       </c>
       <c r="E39">
-        <v>24470</v>
+        <v>462</v>
       </c>
       <c r="F39">
-        <v>29120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="C40" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D40" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="E40">
-        <v>420</v>
+        <v>2226</v>
       </c>
       <c r="F40">
-        <v>500</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="C41" t="s">
         <v>66</v>
       </c>
       <c r="D41" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="E41">
-        <v>2058</v>
+        <v>24470</v>
       </c>
       <c r="F41">
-        <v>2450</v>
+        <v>29120</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C42" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D42" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="E42">
-        <v>16638</v>
+        <v>420</v>
       </c>
       <c r="F42">
-        <v>19800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C43" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D43" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="E43">
-        <v>487</v>
+        <v>2058</v>
       </c>
       <c r="F43">
-        <v>580</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C44" t="s">
+        <v>71</v>
+      </c>
+      <c r="D44" t="s">
         <v>69</v>
       </c>
-      <c r="D44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44">
-        <v>2268</v>
+        <v>16638</v>
       </c>
       <c r="F44">
-        <v>2700</v>
+        <v>19800</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C45" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D45" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E45">
         <v>487</v>
       </c>
       <c r="F45">
         <v>580</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C46" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D46" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E46">
         <v>2268</v>
       </c>
       <c r="F46">
         <v>2700</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C47" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D47" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E47">
-        <v>13109</v>
+        <v>487</v>
       </c>
       <c r="F47">
-        <v>15600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C48" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D48" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E48">
-        <v>13109</v>
+        <v>2268</v>
       </c>
       <c r="F48">
-        <v>15600</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="C49" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D49" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E49">
-        <v>2176</v>
+        <v>13109</v>
       </c>
       <c r="F49">
-        <v>2590</v>
+        <v>15600</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="C50" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D50" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="E50">
-        <v>1890</v>
+        <v>13109</v>
       </c>
       <c r="F50">
-        <v>2250</v>
+        <v>15600</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C51" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D51" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="E51">
-        <v>2689</v>
+        <v>15798</v>
       </c>
       <c r="F51">
-        <v>3200</v>
+        <v>18800</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C52" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D52" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E52">
-        <v>2008</v>
+        <v>2176</v>
       </c>
       <c r="F52">
-        <v>2390</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C53" t="s">
+        <v>82</v>
+      </c>
+      <c r="D53" t="s">
         <v>80</v>
       </c>
-      <c r="D53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53">
-        <v>2008</v>
+        <v>1890</v>
       </c>
       <c r="F53">
-        <v>2390</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C54" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D54" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E54">
-        <v>2605</v>
+        <v>2689</v>
       </c>
       <c r="F54">
-        <v>3100</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C55" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D55" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E55">
-        <v>2605</v>
+        <v>2008</v>
       </c>
       <c r="F55">
-        <v>3100</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C56" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D56" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E56">
-        <v>3352</v>
+        <v>2008</v>
       </c>
       <c r="F56">
-        <v>3990</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C57" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D57" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E57">
-        <v>1504</v>
+        <v>2605</v>
       </c>
       <c r="F57">
-        <v>1790</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>85</v>
+        <v>6</v>
       </c>
       <c r="B58" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="C58" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D58" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E58">
         <v>2605</v>
       </c>
       <c r="F58">
         <v>3100</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C59" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D59" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E59">
-        <v>2142</v>
+        <v>3352</v>
       </c>
       <c r="F59">
-        <v>2550</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C60" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D60" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E60">
-        <v>3100</v>
+        <v>1504</v>
       </c>
       <c r="F60">
-        <v>3690</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="C61" t="s">
         <v>90</v>
       </c>
       <c r="D61" t="s">
-        <v>91</v>
+        <v>45</v>
       </c>
       <c r="E61">
-        <v>8277</v>
+        <v>2605</v>
       </c>
       <c r="F61">
-        <v>9850</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="C62" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D62" t="s">
-        <v>91</v>
+        <v>45</v>
       </c>
       <c r="E62">
-        <v>3260</v>
+        <v>2142</v>
       </c>
       <c r="F62">
-        <v>3880</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="C63" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D63" t="s">
-        <v>91</v>
+        <v>45</v>
       </c>
       <c r="E63">
-        <v>4949</v>
+        <v>3100</v>
       </c>
       <c r="F63">
-        <v>5890</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C64" t="s">
         <v>94</v>
       </c>
       <c r="D64" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="E64">
-        <v>3067</v>
+        <v>8277</v>
       </c>
       <c r="F64">
-        <v>3650</v>
+        <v>9850</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C65" t="s">
+        <v>96</v>
+      </c>
+      <c r="D65" t="s">
         <v>95</v>
       </c>
-      <c r="D65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65">
-        <v>2815</v>
+        <v>3260</v>
       </c>
       <c r="F65">
-        <v>3350</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C66" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D66" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="E66">
-        <v>6176</v>
+        <v>4949</v>
       </c>
       <c r="F66">
-        <v>7350</v>
+        <v>5890</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C67" t="s">
         <v>98</v>
       </c>
-      <c r="D67"/>
+      <c r="D67" t="s">
+        <v>95</v>
+      </c>
       <c r="E67">
-        <v>13100</v>
+        <v>3268</v>
       </c>
       <c r="F67">
-        <v>15590</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>85</v>
+        <v>6</v>
       </c>
       <c r="B68" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="C68" t="s">
         <v>99</v>
       </c>
-      <c r="D68"/>
+      <c r="D68" t="s">
+        <v>95</v>
+      </c>
       <c r="E68">
-        <v>10924</v>
+        <v>3184</v>
       </c>
       <c r="F68">
-        <v>13000</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C69" t="s">
         <v>100</v>
       </c>
-      <c r="D69"/>
+      <c r="D69" t="s">
+        <v>95</v>
+      </c>
       <c r="E69">
-        <v>3857</v>
+        <v>6176</v>
       </c>
       <c r="F69">
-        <v>4590</v>
+        <v>7350</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C70" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D70"/>
       <c r="E70">
-        <v>3781</v>
+        <v>13100</v>
       </c>
       <c r="F70">
-        <v>4500</v>
+        <v>15590</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="B71" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="C71" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D71"/>
       <c r="E71">
-        <v>9537</v>
+        <v>10924</v>
       </c>
       <c r="F71">
-        <v>11350</v>
+        <v>13000</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C72" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D72"/>
       <c r="E72">
-        <v>4285</v>
+        <v>3857</v>
       </c>
       <c r="F72">
-        <v>5100</v>
+        <v>4590</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C73" t="s">
         <v>105</v>
       </c>
-      <c r="D73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D73"/>
       <c r="E73">
-        <v>4663</v>
+        <v>3781</v>
       </c>
       <c r="F73">
-        <v>5550</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C74" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D74" t="s">
         <v>106</v>
       </c>
+      <c r="D74"/>
       <c r="E74">
-        <v>6260</v>
+        <v>9537</v>
       </c>
       <c r="F74">
-        <v>7450</v>
+        <v>11350</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C75" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="D75"/>
       <c r="E75">
-        <v>3109</v>
+        <v>4285</v>
       </c>
       <c r="F75">
-        <v>3700</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C76" t="s">
         <v>109</v>
       </c>
       <c r="D76" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E76">
-        <v>3655</v>
+        <v>4663</v>
       </c>
       <c r="F76">
-        <v>4350</v>
+        <v>5550</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C77" t="s">
+        <v>111</v>
+      </c>
+      <c r="D77" t="s">
         <v>110</v>
       </c>
-      <c r="D77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77">
-        <v>5672</v>
+        <v>6260</v>
       </c>
       <c r="F77">
-        <v>6750</v>
+        <v>7450</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C78" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D78" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E78">
-        <v>5453</v>
+        <v>3109</v>
       </c>
       <c r="F78">
-        <v>6490</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C79" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D79" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E79">
-        <v>5126</v>
+        <v>3655</v>
       </c>
       <c r="F79">
-        <v>6100</v>
+        <v>4350</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C80" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D80" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="E80">
-        <v>4075</v>
+        <v>5672</v>
       </c>
       <c r="F80">
-        <v>4850</v>
+        <v>6750</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C81" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D81" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="E81">
-        <v>4747</v>
+        <v>5453</v>
       </c>
       <c r="F81">
-        <v>5650</v>
+        <v>6490</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C82" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D82" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="E82">
-        <v>4831</v>
+        <v>5126</v>
       </c>
       <c r="F82">
-        <v>5750</v>
+        <v>6100</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C83" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D83" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E83">
-        <v>2899</v>
+        <v>4075</v>
       </c>
       <c r="F83">
-        <v>3450</v>
+        <v>4850</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="B84" t="s">
-        <v>104</v>
+        <v>41</v>
       </c>
       <c r="C84" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D84" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E84">
-        <v>3773</v>
+        <v>4747</v>
       </c>
       <c r="F84">
-        <v>4490</v>
+        <v>5650</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C85" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D85" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E85">
-        <v>5042</v>
+        <v>4831</v>
       </c>
       <c r="F85">
-        <v>6000</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C86" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D86" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E86">
-        <v>3025</v>
+        <v>2899</v>
       </c>
       <c r="F86">
-        <v>3600</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="C87" t="s">
         <v>121</v>
       </c>
       <c r="D87" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E87">
-        <v>5453</v>
+        <v>3773</v>
       </c>
       <c r="F87">
-        <v>6490</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="C88" t="s">
         <v>122</v>
       </c>
       <c r="D88" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E88">
-        <v>3445</v>
+        <v>5042</v>
       </c>
       <c r="F88">
-        <v>4100</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="C89" t="s">
         <v>123</v>
       </c>
       <c r="D89" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="E89">
-        <v>3689</v>
+        <v>3025</v>
       </c>
       <c r="F89">
-        <v>4390</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C90" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D90" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E90">
-        <v>6134</v>
+        <v>5453</v>
       </c>
       <c r="F90">
-        <v>7300</v>
+        <v>6490</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C91" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D91" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E91">
-        <v>4285</v>
+        <v>3445</v>
       </c>
       <c r="F91">
-        <v>5100</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C92" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D92" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="E92">
-        <v>4025</v>
+        <v>3689</v>
       </c>
       <c r="F92">
-        <v>4790</v>
+        <v>4390</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="B93" t="s">
-        <v>127</v>
+        <v>41</v>
       </c>
       <c r="C93" t="s">
         <v>128</v>
       </c>
       <c r="D93" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="E93">
-        <v>915</v>
+        <v>6134</v>
       </c>
       <c r="F93">
-        <v>1090</v>
+        <v>7300</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C94" t="s">
         <v>129</v>
       </c>
       <c r="D94" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="E94">
-        <v>4537</v>
+        <v>4285</v>
       </c>
       <c r="F94">
-        <v>5400</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
+        <v>124</v>
+      </c>
+      <c r="C95" t="s">
         <v>130</v>
       </c>
-      <c r="C95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95" t="s">
-        <v>132</v>
+        <v>45</v>
       </c>
       <c r="E95">
-        <v>3697</v>
+        <v>4025</v>
       </c>
       <c r="F95">
-        <v>4400</v>
+        <v>4790</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C96" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D96" t="s">
-        <v>134</v>
+        <v>26</v>
       </c>
       <c r="E96">
-        <v>5873</v>
+        <v>915</v>
       </c>
       <c r="F96">
-        <v>6990</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C97" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D97" t="s">
         <v>26</v>
       </c>
       <c r="E97">
-        <v>915</v>
+        <v>4537</v>
       </c>
       <c r="F97">
-        <v>1090</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
         <v>6</v>
       </c>
       <c r="B98" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C98" t="s">
+        <v>135</v>
+      </c>
+      <c r="D98" t="s">
         <v>136</v>
       </c>
-      <c r="D98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98">
-        <v>4537</v>
+        <v>3941</v>
       </c>
       <c r="F98">
-        <v>5400</v>
+        <v>4690</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C99" t="s">
         <v>137</v>
       </c>
       <c r="D99" t="s">
-        <v>26</v>
+        <v>138</v>
       </c>
       <c r="E99">
-        <v>23277</v>
+        <v>5873</v>
       </c>
       <c r="F99">
-        <v>27700</v>
+        <v>6990</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C100" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D100" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="E100">
-        <v>462</v>
+        <v>915</v>
       </c>
       <c r="F100">
-        <v>550</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C101" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D101" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="E101">
-        <v>2310</v>
+        <v>4537</v>
       </c>
       <c r="F101">
-        <v>2750</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>6</v>
       </c>
       <c r="B102" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C102" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D102" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="E102">
-        <v>29243</v>
+        <v>23277</v>
       </c>
       <c r="F102">
-        <v>34800</v>
+        <v>27700</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>6</v>
       </c>
       <c r="B103" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C103" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D103" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="E103">
-        <v>571</v>
+        <v>462</v>
       </c>
       <c r="F103">
-        <v>680</v>
+        <v>550</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>6</v>
       </c>
       <c r="B104" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C104" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D104" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="E104">
-        <v>2773</v>
+        <v>2310</v>
       </c>
       <c r="F104">
-        <v>3300</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
         <v>6</v>
       </c>
       <c r="B105" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C105" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D105" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="E105">
-        <v>16386</v>
+        <v>29243</v>
       </c>
       <c r="F105">
-        <v>19500</v>
+        <v>34800</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>6</v>
       </c>
       <c r="B106" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C106" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D106" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="E106">
-        <v>915</v>
+        <v>571</v>
       </c>
       <c r="F106">
-        <v>1090</v>
+        <v>680</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>6</v>
       </c>
       <c r="B107" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C107" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D107" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="E107">
-        <v>4537</v>
+        <v>2773</v>
       </c>
       <c r="F107">
-        <v>5400</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>6</v>
       </c>
       <c r="B108" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C108" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D108" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="E108">
-        <v>23277</v>
+        <v>16386</v>
       </c>
       <c r="F108">
-        <v>27700</v>
+        <v>19500</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>6</v>
       </c>
       <c r="B109" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="C109" t="s">
         <v>148</v>
       </c>
       <c r="D109" t="s">
-        <v>149</v>
+        <v>26</v>
       </c>
       <c r="E109">
-        <v>672</v>
+        <v>915</v>
       </c>
       <c r="F109">
-        <v>800</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>6</v>
       </c>
       <c r="B110" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="C110" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="D110" t="s">
-        <v>149</v>
+        <v>26</v>
       </c>
       <c r="E110">
-        <v>3235</v>
+        <v>4537</v>
       </c>
       <c r="F110">
-        <v>3850</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>6</v>
       </c>
       <c r="B111" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="C111" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="D111"/>
+        <v>150</v>
+      </c>
+      <c r="D111" t="s">
+        <v>26</v>
+      </c>
       <c r="E111">
-        <v>25126</v>
+        <v>23277</v>
       </c>
       <c r="F111">
-        <v>29900</v>
+        <v>27700</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
         <v>6</v>
       </c>
       <c r="B112" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C112" t="s">
         <v>152</v>
       </c>
       <c r="D112" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E112">
-        <v>546</v>
+        <v>672</v>
       </c>
       <c r="F112">
-        <v>650</v>
+        <v>800</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
         <v>6</v>
       </c>
       <c r="B113" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C113" t="s">
+        <v>154</v>
+      </c>
+      <c r="D113" t="s">
         <v>153</v>
       </c>
-      <c r="D113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113">
-        <v>2647</v>
+        <v>3235</v>
       </c>
       <c r="F113">
-        <v>3150</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
         <v>6</v>
       </c>
       <c r="B114" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C114" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="D114"/>
       <c r="E114">
-        <v>28487</v>
+        <v>25126</v>
       </c>
       <c r="F114">
-        <v>33900</v>
+        <v>29900</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>6</v>
       </c>
       <c r="B115" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C115" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D115" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E115">
-        <v>2100</v>
+        <v>546</v>
       </c>
       <c r="F115">
-        <v>2500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
         <v>6</v>
       </c>
       <c r="B116" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C116" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D116" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E116">
-        <v>5294</v>
+        <v>2647</v>
       </c>
       <c r="F116">
-        <v>6300</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
         <v>6</v>
       </c>
       <c r="B117" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C117" t="s">
         <v>158</v>
       </c>
       <c r="D117" t="s">
-        <v>26</v>
+        <v>153</v>
       </c>
       <c r="E117">
-        <v>23277</v>
+        <v>28487</v>
       </c>
       <c r="F117">
-        <v>27700</v>
+        <v>33900</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
+        <v>6</v>
+      </c>
+      <c r="B118" t="s">
+        <v>151</v>
+      </c>
+      <c r="C118" t="s">
         <v>159</v>
       </c>
-      <c r="B118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D118" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="E118">
-        <v>28570</v>
+        <v>2100</v>
       </c>
       <c r="F118">
-        <v>33999</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>159</v>
+        <v>41</v>
       </c>
       <c r="B119" t="s">
+        <v>41</v>
+      </c>
+      <c r="C119" t="s">
         <v>160</v>
       </c>
-      <c r="C119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D119" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="E119">
-        <v>1848</v>
+        <v>4529</v>
       </c>
       <c r="F119">
-        <v>2200</v>
+        <v>5390</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>159</v>
+        <v>6</v>
       </c>
       <c r="B120" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C120" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D120" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="E120">
-        <v>19747</v>
+        <v>23277</v>
       </c>
       <c r="F120">
-        <v>23500</v>
+        <v>27700</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B121" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C121" t="s">
         <v>165</v>
       </c>
       <c r="D121" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E121">
-        <v>19327</v>
+        <v>28570</v>
       </c>
       <c r="F121">
-        <v>23000</v>
+        <v>33999</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B122" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C122" t="s">
+        <v>167</v>
+      </c>
+      <c r="D122" t="s">
         <v>166</v>
       </c>
-      <c r="D122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E122">
-        <v>21680</v>
+        <v>1848</v>
       </c>
       <c r="F122">
-        <v>25800</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B123" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C123" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D123" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E123">
-        <v>1932</v>
+        <v>19747</v>
       </c>
       <c r="F123">
-        <v>2300</v>
+        <v>23500</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B124" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C124" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D124" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E124">
-        <v>1344</v>
+        <v>19327</v>
       </c>
       <c r="F124">
-        <v>1600</v>
+        <v>23000</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B125" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C125" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D125" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E125">
-        <v>3352</v>
+        <v>21680</v>
       </c>
       <c r="F125">
-        <v>3990</v>
+        <v>25800</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B126" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C126" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D126" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="E126">
-        <v>1764</v>
+        <v>1932</v>
       </c>
       <c r="F126">
-        <v>2100</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B127" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C127" t="s">
         <v>172</v>
       </c>
       <c r="D127" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E127">
-        <v>2605</v>
+        <v>1344</v>
       </c>
       <c r="F127">
-        <v>3100</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B128" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C128" t="s">
         <v>173</v>
       </c>
       <c r="D128" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="E128">
-        <v>1848</v>
+        <v>3352</v>
       </c>
       <c r="F128">
-        <v>2200</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B129" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C129" t="s">
         <v>174</v>
       </c>
       <c r="D129" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="E129">
-        <v>1302</v>
+        <v>1764</v>
       </c>
       <c r="F129">
-        <v>1550</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B130" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C130" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D130" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="E130">
-        <v>1890</v>
+        <v>2605</v>
       </c>
       <c r="F130">
-        <v>2250</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B131" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C131" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D131" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="E131">
-        <v>9495</v>
+        <v>1848</v>
       </c>
       <c r="F131">
-        <v>11300</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B132" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C132" t="s">
         <v>178</v>
       </c>
       <c r="D132" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="E132">
-        <v>4831</v>
+        <v>1302</v>
       </c>
       <c r="F132">
-        <v>5750</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B133" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C133" t="s">
         <v>179</v>
       </c>
       <c r="D133" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E133">
-        <v>2100</v>
+        <v>1890</v>
       </c>
       <c r="F133">
-        <v>2500</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B134" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C134" t="s">
         <v>180</v>
       </c>
       <c r="D134" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="E134">
-        <v>2016</v>
+        <v>10000</v>
       </c>
       <c r="F134">
-        <v>2400</v>
+        <v>11900</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B135" t="s">
-        <v>181</v>
+        <v>164</v>
       </c>
       <c r="C135" t="s">
         <v>182</v>
       </c>
       <c r="D135" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="E135">
-        <v>19243</v>
+        <v>5168</v>
       </c>
       <c r="F135">
-        <v>22900</v>
+        <v>6150</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>184</v>
+        <v>163</v>
       </c>
       <c r="B136" t="s">
-        <v>185</v>
+        <v>164</v>
       </c>
       <c r="C136" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D136" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="E136">
-        <v>13907</v>
+        <v>2100</v>
       </c>
       <c r="F136">
-        <v>16550</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
+        <v>163</v>
+      </c>
+      <c r="B137" t="s">
+        <v>164</v>
+      </c>
+      <c r="C137" t="s">
         <v>184</v>
       </c>
-      <c r="B137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D137" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="E137">
-        <v>18823</v>
+        <v>2016</v>
       </c>
       <c r="F137">
-        <v>22400</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>184</v>
+        <v>163</v>
       </c>
       <c r="B138" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C138" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D138" t="s">
-        <v>134</v>
+        <v>187</v>
       </c>
       <c r="E138">
-        <v>9537</v>
+        <v>19243</v>
       </c>
       <c r="F138">
-        <v>11350</v>
+        <v>22900</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B139" t="s">
         <v>189</v>
       </c>
       <c r="C139" t="s">
+        <v>190</v>
+      </c>
+      <c r="D139" t="s">
         <v>191</v>
       </c>
-      <c r="D139"/>
       <c r="E139">
-        <v>9915</v>
+        <v>13907</v>
       </c>
       <c r="F139">
-        <v>11800</v>
+        <v>16550</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B140" t="s">
+        <v>189</v>
+      </c>
+      <c r="C140" t="s">
         <v>192</v>
       </c>
-      <c r="C140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D140" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="E140">
-        <v>3436</v>
+        <v>18823</v>
       </c>
       <c r="F140">
-        <v>4090</v>
+        <v>22400</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B141" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C141" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D141" t="s">
-        <v>194</v>
+        <v>138</v>
       </c>
       <c r="E141">
-        <v>27495</v>
+        <v>9537</v>
       </c>
       <c r="F141">
-        <v>32720</v>
+        <v>11350</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B142" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C142" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="D142"/>
       <c r="E142">
-        <v>6974</v>
+        <v>9915</v>
       </c>
       <c r="F142">
-        <v>8300</v>
+        <v>11800</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B143" t="s">
         <v>196</v>
       </c>
       <c r="C143" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D143" t="s">
         <v>198</v>
       </c>
       <c r="E143">
-        <v>3571</v>
+        <v>3436</v>
       </c>
       <c r="F143">
-        <v>4250</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B144" t="s">
         <v>196</v>
       </c>
       <c r="C144" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="D144"/>
+        <v>199</v>
+      </c>
+      <c r="D144" t="s">
+        <v>198</v>
+      </c>
       <c r="E144">
-        <v>6630</v>
+        <v>27495</v>
       </c>
       <c r="F144">
-        <v>7890</v>
+        <v>32720</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B145" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C145" t="s">
         <v>201</v>
       </c>
       <c r="D145" t="s">
         <v>202</v>
       </c>
       <c r="E145">
-        <v>1470</v>
+        <v>6974</v>
       </c>
       <c r="F145">
-        <v>1750</v>
+        <v>8300</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B146" t="s">
+        <v>200</v>
+      </c>
+      <c r="C146" t="s">
         <v>203</v>
       </c>
-      <c r="C146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D146" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="E146">
-        <v>2092</v>
+        <v>3571</v>
       </c>
       <c r="F146">
-        <v>2490</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>85</v>
+        <v>188</v>
       </c>
       <c r="B147" t="s">
-        <v>85</v>
+        <v>200</v>
       </c>
       <c r="C147" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="D147"/>
       <c r="E147">
-        <v>4831</v>
+        <v>6630</v>
       </c>
       <c r="F147">
-        <v>5750</v>
+        <v>7890</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>85</v>
+        <v>188</v>
       </c>
       <c r="B148" t="s">
-        <v>85</v>
+        <v>200</v>
       </c>
       <c r="C148" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D148" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="E148">
-        <v>24159</v>
+        <v>1470</v>
       </c>
       <c r="F148">
-        <v>28750</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>6</v>
+        <v>188</v>
       </c>
       <c r="B149" t="s">
+        <v>207</v>
+      </c>
+      <c r="C149" t="s">
+        <v>208</v>
+      </c>
+      <c r="D149" t="s">
         <v>209</v>
       </c>
-      <c r="C149" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E149">
-        <v>3781</v>
+        <v>2092</v>
       </c>
       <c r="F149">
-        <v>4500</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="B150" t="s">
-        <v>209</v>
+        <v>41</v>
       </c>
       <c r="C150" t="s">
+        <v>210</v>
+      </c>
+      <c r="D150" t="s">
         <v>211</v>
       </c>
-      <c r="D150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E150">
-        <v>22689</v>
+        <v>4831</v>
       </c>
       <c r="F150">
-        <v>27000</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="B151" t="s">
-        <v>209</v>
+        <v>41</v>
       </c>
       <c r="C151" t="s">
         <v>212</v>
       </c>
       <c r="D151" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="E151">
-        <v>4705</v>
+        <v>24159</v>
       </c>
       <c r="F151">
-        <v>5600</v>
+        <v>28750</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>6</v>
       </c>
       <c r="B152" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C152" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D152" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="E152">
-        <v>28235</v>
+        <v>3781</v>
       </c>
       <c r="F152">
-        <v>33600</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>6</v>
       </c>
       <c r="B153" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C153" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D153" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="E153">
-        <v>4705</v>
+        <v>22689</v>
       </c>
       <c r="F153">
-        <v>5600</v>
+        <v>27000</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>6</v>
       </c>
       <c r="B154" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C154" t="s">
         <v>216</v>
       </c>
       <c r="D154" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="E154">
-        <v>23529</v>
+        <v>4705</v>
       </c>
       <c r="F154">
-        <v>28000</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>6</v>
       </c>
       <c r="B155" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C155" t="s">
         <v>217</v>
       </c>
       <c r="D155" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="E155">
-        <v>4529</v>
+        <v>28235</v>
       </c>
       <c r="F155">
-        <v>5390</v>
+        <v>33600</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
         <v>6</v>
       </c>
       <c r="B156" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D156" t="s">
         <v>219</v>
       </c>
-      <c r="D156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E156">
-        <v>36235</v>
+        <v>4705</v>
       </c>
       <c r="F156">
-        <v>43120</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
         <v>6</v>
       </c>
       <c r="B157" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C157" t="s">
         <v>220</v>
       </c>
       <c r="D157" t="s">
-        <v>41</v>
+        <v>219</v>
       </c>
       <c r="E157">
-        <v>2647</v>
+        <v>23529</v>
       </c>
       <c r="F157">
-        <v>3150</v>
+        <v>28000</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
         <v>6</v>
       </c>
       <c r="B158" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C158" t="s">
         <v>221</v>
       </c>
       <c r="D158" t="s">
-        <v>41</v>
+        <v>222</v>
       </c>
       <c r="E158">
+        <v>4529</v>
+      </c>
+      <c r="F158">
+        <v>5390</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159" t="s">
+        <v>6</v>
+      </c>
+      <c r="B159" t="s">
+        <v>213</v>
+      </c>
+      <c r="C159" t="s">
+        <v>223</v>
+      </c>
+      <c r="D159" t="s">
+        <v>222</v>
+      </c>
+      <c r="E159">
+        <v>36235</v>
+      </c>
+      <c r="F159">
+        <v>43120</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160" t="s">
+        <v>6</v>
+      </c>
+      <c r="B160" t="s">
+        <v>213</v>
+      </c>
+      <c r="C160" t="s">
+        <v>224</v>
+      </c>
+      <c r="D160" t="s">
+        <v>45</v>
+      </c>
+      <c r="E160">
+        <v>2647</v>
+      </c>
+      <c r="F160">
+        <v>3150</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161" t="s">
+        <v>6</v>
+      </c>
+      <c r="B161" t="s">
+        <v>213</v>
+      </c>
+      <c r="C161" t="s">
+        <v>225</v>
+      </c>
+      <c r="D161" t="s">
+        <v>45</v>
+      </c>
+      <c r="E161">
         <v>5966</v>
       </c>
-      <c r="F158">
+      <c r="F161">
         <v>7100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>