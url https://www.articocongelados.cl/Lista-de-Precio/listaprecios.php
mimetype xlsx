--- v1 (2025-12-15)
+++ v2 (2026-03-05)
@@ -12,728 +12,746 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>CATEGORIA</t>
   </si>
   <si>
     <t>SUBCATEGORIA</t>
   </si>
   <si>
     <t>PRODUCTO</t>
   </si>
   <si>
     <t>MARCA</t>
   </si>
   <si>
     <t>PRECIO NETO</t>
   </si>
   <si>
     <t>CON IVA</t>
   </si>
   <si>
     <t>Congelados</t>
   </si>
   <si>
     <t>Churrasco Vacuno</t>
   </si>
   <si>
     <t>Churrasco De Vacuno  Laminado Artico Caja 3 Kg ( 75 x 40 Gr)</t>
   </si>
   <si>
     <t>ARTICO CONGELADOS</t>
   </si>
   <si>
     <t>Churrasco Posta Laminado Artico Caja 3 Kg ( 60 x 50 Gr )</t>
   </si>
   <si>
+    <t>AGOTADO</t>
+  </si>
+  <si>
     <t>Churrasco  De Vacuno  Procesado Rupanco  Caja 2 Kg (40x50 Gr)</t>
   </si>
   <si>
     <t>RUPANCO</t>
   </si>
   <si>
     <t>Churrasco Vacuno  Procesado Rupanco  Caja 3 Kg ( 60 x 50 Gr )</t>
   </si>
   <si>
     <t>Churrasco De Vacuno Procesado CARNES HB  120 Gr</t>
   </si>
   <si>
     <t>CARNES HB</t>
   </si>
   <si>
     <t>Churrasco  De Vacuno Procesada CARNES HB Pack 480 Gr (4 Ud)</t>
   </si>
   <si>
     <t>Churrasco Vacuno Procesado  CARNES HB Caja 3kg ( 25 x 120 Gr)</t>
   </si>
   <si>
-    <t>Currasco Lomito de Cerdo</t>
+    <t>Churrasco Lomito de Cerdo</t>
   </si>
   <si>
     <t>Lomito Laminado Artico Caja 3 Kg (60 x 50 Gr)</t>
   </si>
   <si>
-    <t>Lomito Procesado Rupanco Caja 3 Kg ( 60 x 50 Gr )</t>
+    <t>Lomito Procesado Rupanco Caja 3 Kg (60 x 50 Gr)</t>
+  </si>
+  <si>
+    <t>Carne Molida Especial  Rupanco 250 Gr</t>
+  </si>
+  <si>
+    <t>Carne Molida Especial Rupanco Pack  1 Kg (4 UND)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carne Molida Especial  Rupanco Caja 3 Kg ( 12 UND ) </t>
   </si>
   <si>
     <t>Carne Vacuno</t>
   </si>
   <si>
-    <t>Carne Molida Especial  Rupanco 250 Gr</t>
-[...7 lines deleted...]
-  <si>
     <t>Carne Molida Vacuno  Receta Del Abuelo  250 Gr</t>
   </si>
   <si>
     <t>RECETA DEL ABUELO</t>
   </si>
   <si>
     <t>Carne Molida Vacuno Receta Del Abuelo Pack  500 Gr (2 Ud)</t>
   </si>
   <si>
     <t>Carne Molida de Vacuno Super Beef Unidad (250 Gr )</t>
   </si>
   <si>
     <t>SUPER BEEF</t>
   </si>
   <si>
     <t>Carne Molida De Vacuno Super Beef Pack (4 X 250 Gr)</t>
   </si>
   <si>
     <t>Carne Molida de Vacuno Super Beef Caja (16 X 250 Gr)</t>
   </si>
   <si>
     <t>Carne de Ave</t>
   </si>
   <si>
     <t xml:space="preserve">Pechuga Deshuesada Nat (1 kg) Sin Marinar </t>
   </si>
   <si>
     <t>NAT</t>
   </si>
   <si>
     <t xml:space="preserve"> Pechuga De Pollo Deshuesada Sin Piel Artico CAJA 3 Kg</t>
   </si>
   <si>
     <t>Pechuga De Pollo  Deshuesada Sin Piel Artico 1 Kg</t>
   </si>
   <si>
     <t>Carne De Cerdo</t>
   </si>
   <si>
     <t>Chuleta de Centro Artico 20 x 150 gr (3kg)</t>
   </si>
   <si>
     <t>Costillar en tira  Super Cerdo (Kilo)</t>
   </si>
   <si>
     <t>SUPER CERDO</t>
   </si>
   <si>
-    <t>AGOTADO</t>
-[...1 lines deleted...]
-  <si>
     <t>Chuleta  Vetada Parrillera Artico 1KG</t>
   </si>
   <si>
+    <t xml:space="preserve">Chuleta de Centro Ártico (1kg) </t>
+  </si>
+  <si>
     <t>Aros de Cebolla</t>
   </si>
   <si>
     <t>Aros De Cebolla Minuto Verde Bolsa 1 kg</t>
   </si>
   <si>
     <t>MINUTO VERDE</t>
   </si>
   <si>
     <t>Empanada Coctel para Freir</t>
   </si>
   <si>
     <t xml:space="preserve">Empanadas Raviolera  Queso Coctel Caja 48 Unid </t>
   </si>
   <si>
     <t>Empanadas Media Luna Queso Coctel Caja 40 Unid</t>
   </si>
   <si>
     <t>Hamburguesa  Vacuno</t>
   </si>
   <si>
+    <t>Hamburguesa Big CAJA 20x225 gr</t>
+  </si>
+  <si>
+    <t>PAMPA VERDE</t>
+  </si>
+  <si>
+    <t>Hamburguesa Vacuno  Karmac 100 Gr</t>
+  </si>
+  <si>
+    <t>KARMAC</t>
+  </si>
+  <si>
+    <t>Hamburguesa Vacuno Karmac  Pack  500 Gr. (5 X 100 Gr)</t>
+  </si>
+  <si>
+    <t>Hamburguesa Vacuno  Karmac  Caja 4 Kg. ( 40 X 100 Gr )</t>
+  </si>
+  <si>
+    <t>Hamburguesa  De Vacuno La Crianza 100 Gr</t>
+  </si>
+  <si>
+    <t>LA CRIANZA</t>
+  </si>
+  <si>
+    <t>Hamburguesa  De Vacuno  La Crianza  Pack  500 Gr (5 X 100 Gr)</t>
+  </si>
+  <si>
+    <t>Hamburguesa De Vacuno  La Crianza  Caja 2.8 Kg. (28 X 100 Gr)</t>
+  </si>
+  <si>
+    <t>Hamburguesa  De Vacuno  Big  225 Gr</t>
+  </si>
+  <si>
+    <t>Hamburguesa Vacuno Super Beef Unidad  100 Gr</t>
+  </si>
+  <si>
+    <t>Hamburguesa Vacuno Super Beef Pack 500 Gr (5 X 100 Gr)</t>
+  </si>
+  <si>
+    <t>Hamburguesa Vacuno Super Beef Caja 5.6 Kg (56 X 100 Gr)</t>
+  </si>
+  <si>
+    <t>Hamburguesa  Vegetariana y Vegana</t>
+  </si>
+  <si>
+    <t>Hamburguesa De Soya Mr. Veggie 100 Gr</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MR. VEGGIE </t>
+  </si>
+  <si>
+    <t>Hamburguesa De Soya Mr. Veggie Pack  500 Gr. (5 X 100 Gr.)</t>
+  </si>
+  <si>
+    <t>Hamburguesa De Soya Mr. Veggie Caja 4.2 Kg (42  X 100 Gr)</t>
+  </si>
+  <si>
+    <t>Hamburguesa Lentejas Minuto Verde 100 Gr</t>
+  </si>
+  <si>
+    <t>Hamburguesa  De Lenteja Minuto Verde Pack  500 Gr (5 X 100 Gr)</t>
+  </si>
+  <si>
+    <t>Hamburguesa  De Garbanzo  Minuto Verde 100 Gr.</t>
+  </si>
+  <si>
+    <t>Hamburguesa  de garbanzo Minuto Verde pack 500 Gr (5 X 100 Gr.)</t>
+  </si>
+  <si>
+    <t>Hamburguesa Garbanzo Minuto Verde Caja ( 30 x 100 Gr)</t>
+  </si>
+  <si>
+    <t>Hamburguesa Lentejas Minuto Verde Caja (30 x  100 Gr)</t>
+  </si>
+  <si>
+    <t>Hortalizas Congeladas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Choclo Grano Dulce Green Farms Caja 10 Kg</t>
+  </si>
+  <si>
+    <t>GREENFARMS</t>
+  </si>
+  <si>
+    <t>Choclo Grano Minuto Verde  Bolsa  1 Kg</t>
+  </si>
+  <si>
+    <t>Choclo Grano Dulce Green Farms Bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Porotos Verde  Minuto Verde  Corte Frances bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Mix De Ensalada Minuto Verde bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Arvejas Minuto Verde bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Pasta De Choclo  Minuto Verde  tradicional bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Champiñon Laminado Minuto Verde bolsa 1 Kg </t>
+  </si>
+  <si>
+    <t>Porotos Granados Minuto Verde bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Sofrito Con Ajo Minuto Verde bolsa 500 Gr</t>
+  </si>
+  <si>
+    <t>Choclo En Trozo Minuto Verde bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Habas Minuto Verde bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Porotos Granados a La Chilena  Minuto Verde bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Mariscos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Camarón 36-40 Crd. Pelado Gordon Fish  bolsa 1 Kg </t>
+  </si>
+  <si>
+    <t>GORDON FISH</t>
+  </si>
+  <si>
+    <t>Camarón  100-150 C-p  Gordon Fish bolsa 500 Gr</t>
+  </si>
+  <si>
+    <t>Camarón  100-150 C-p - Gordon Fish - bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Surtido De Mariscos Gordon Fish bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Choritos Gordon Fish bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Anillos De Calamar Gordon Fish bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Pescados</t>
+  </si>
+  <si>
+    <t>Salmón Trozo Con Piel Nacional bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Salmón Filete Con Piel Al Vacio Nacional bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pangasius Filete Importado bolsa 1 Kg </t>
+  </si>
+  <si>
+    <t>Atún Trozo Importado bolsa De 500 Gr</t>
+  </si>
+  <si>
+    <t>Reineta Filete bolsa  1 Kg</t>
+  </si>
+  <si>
+    <t>Merluza Filete Importado bolsa  1 Kg</t>
+  </si>
+  <si>
+    <t>Pulpa de Fruta</t>
+  </si>
+  <si>
+    <t>Pulpa De Mango Guallarauco 1 Kg</t>
+  </si>
+  <si>
+    <t>GUALLARAUCO</t>
+  </si>
+  <si>
+    <t>Pulpa De Maracuyá Guallarauco 1 Kg</t>
+  </si>
+  <si>
+    <t>Pulpa De Frutilla Guallarauco 1 Kg</t>
+  </si>
+  <si>
+    <t>Pulpa De Piña Guallarauco 1 Kg</t>
+  </si>
+  <si>
+    <t>Pulpa De Chirimoya  Guallarauco 1 Kg</t>
+  </si>
+  <si>
+    <t>Pulpa De Maracuyá Con Pepas  Guallarauco   1 Kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jugo De Limón Guallarauco 1 Kg </t>
+  </si>
+  <si>
+    <t>Pulpa De Mango Minuto Verde 1 Kg</t>
+  </si>
+  <si>
+    <t>Pulpa De Maracuyá Minuto Verde  1 Kg</t>
+  </si>
+  <si>
+    <t>Pulpa De Frambuesa Minuto Verde 1 Kg</t>
+  </si>
+  <si>
+    <t>Pulpa De Frutilla Minuto Verde 1 Kg</t>
+  </si>
+  <si>
+    <t>Pulpa De Piña Minuto Verde 1 Kg</t>
+  </si>
+  <si>
+    <t>Pulpa De Chirimoya Minuto Verde 1 Kg</t>
+  </si>
+  <si>
+    <t>Jugo De Limón Minuto Verde 1 Kg</t>
+  </si>
+  <si>
+    <t>Frutas</t>
+  </si>
+  <si>
+    <t>Mix Berries - Minuto Verde - 1 Kg</t>
+  </si>
+  <si>
+    <t>Frutillas Enteras - Minuto Verde -  1 Kg</t>
+  </si>
+  <si>
+    <t>Mango Cubo - Green Farms -  1 Kg</t>
+  </si>
+  <si>
+    <t>Frambuesa Enteras Minuto Verde 1 Kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arándanos Enteros Minuto Verde 1 Kg </t>
+  </si>
+  <si>
+    <t>Piña Cubo Minuto Verde 1 Kg</t>
+  </si>
+  <si>
+    <t>Apanado de Vacuno</t>
+  </si>
+  <si>
+    <t>Escalopa De Vacuno Kayser 120 Gr</t>
+  </si>
+  <si>
+    <t>Escalopa De Vacuno Kayser Receta Del Abuelo pack  600 Gr. (5 X 120 Gr.)</t>
+  </si>
+  <si>
+    <t>Apanado de Pollo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuggets De Pollo Super Pollo 1 Kg </t>
+  </si>
+  <si>
+    <t>SUPER POLLO</t>
+  </si>
+  <si>
+    <t>Nuggets Pollo PF 1 Kg</t>
+  </si>
+  <si>
+    <t>PF</t>
+  </si>
+  <si>
+    <t>Pechuga De Pollo Apanado Receta Del Abuelo 120 G</t>
+  </si>
+  <si>
+    <t>Pechuga De Pollo Apanada Receta Del Abuelo pack 600 Gr(5x120 Gr)</t>
+  </si>
+  <si>
+    <t>Pechuga De Pollo Apanada Receta Del Abuelo caja 3.12 Kg. (26x120 Gr)</t>
+  </si>
+  <si>
+    <t>Croqueta De Pollo Super Pollo 80 Gr</t>
+  </si>
+  <si>
+    <t>Croqueta De Pollo Super Pollo Pack 400 Gr. (5 X 80 Gr.)</t>
+  </si>
+  <si>
+    <t>Croqueta De Pollo Super Pollo Caja 5.12 Kg. (64 X 80 Gr.)</t>
+  </si>
+  <si>
+    <t>Crocante De Pollo Super Pollo 100 Gr</t>
+  </si>
+  <si>
+    <t>Crocante De Pollo Super Pollo Pack 500 Gr. (5 X 100 Gr.)</t>
+  </si>
+  <si>
+    <t>Crocante De Pollo Super Pollo Caja  3 Kg (30 X 100 Gr.)</t>
+  </si>
+  <si>
+    <t>Suprema De Pollo Receta Del Abuelo 120 Gr</t>
+  </si>
+  <si>
+    <t>Suprema  De Pollo Receta Del Abuelo Pack 600 Gr (5 X 120gr.)</t>
+  </si>
+  <si>
+    <t>Suprema  De Pollo Receta Del Abuelo Caja 3.12 Kg(26x120 Gr)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apanado de Pescado </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Merluza Austral a la Romana Friosur Unidad (120 GR) </t>
+  </si>
+  <si>
+    <t>FRIOSUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Merluza Austral a la  Romana Friosur Pack (5 X 120 GR) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Merluza Austral a la Romana  FrioSur  Caja (40 UNID) </t>
+  </si>
+  <si>
+    <t>Croqueta  De Merluza Apanada Friosur UNIDAD (100GR)</t>
+  </si>
+  <si>
+    <t>Croquetas  De Merluza Apanada  Friosur Pack (5 X 100GR)</t>
+  </si>
+  <si>
+    <t>Croquetas  De Merluza Apanada  Friosur Caja (60 X 100 GR)</t>
+  </si>
+  <si>
+    <t>Nuggets de Merluza Apanado Friosur Bolsa (400 gr)</t>
+  </si>
+  <si>
+    <t>Filete De Merluza Natural Apanado Friosur 1 Kg</t>
+  </si>
+  <si>
+    <t>Platos Preparados</t>
+  </si>
+  <si>
+    <t>Escalopa De Vacuno Kayser  Receta Del Abuelo caja3.12 Kg (26x120 Gr)</t>
+  </si>
+  <si>
+    <t>Abarrotes</t>
+  </si>
+  <si>
+    <t>Aderezos</t>
+  </si>
+  <si>
+    <t>Ketchup Don  Juan  Caja ( 15 X 900 Gr )</t>
+  </si>
+  <si>
+    <t>DON JUAN</t>
+  </si>
+  <si>
+    <t>Mayonesa Casera Don Juan 900 Gr</t>
+  </si>
+  <si>
+    <t>Mostaza Don Juan  Caja  ( 15 x 900 Gr )</t>
+  </si>
+  <si>
+    <t>Ají  Don Juan Caja ( 15 x 900 Gr )</t>
+  </si>
+  <si>
+    <t>Mayonesa Casera  Don Juan Caja ( 12 x 900 Gr )</t>
+  </si>
+  <si>
+    <t>Ketchup - Don Juan - 900 Gr</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mostaza Don Juan 900 Gr </t>
+  </si>
+  <si>
+    <t>Americana Don Juan 1 Kg</t>
+  </si>
+  <si>
+    <t>Americana Agrosilva 1 Kg</t>
+  </si>
+  <si>
+    <t>AGROSILVA</t>
+  </si>
+  <si>
+    <t>Chucrut Don Juan 1 Kg</t>
+  </si>
+  <si>
+    <t>Chucrut  Agrosilva 1 Kg</t>
+  </si>
+  <si>
+    <t>Ají Crema Don Juan 900 Gr</t>
+  </si>
+  <si>
+    <t>Mayonesa Liviana Blanca Agrosilva 970 Gr</t>
+  </si>
+  <si>
+    <t>Mayonesa En Polvo Delissa Pack  1 Kg (2 X 500 Gr)</t>
+  </si>
+  <si>
+    <t>DELISSA</t>
+  </si>
+  <si>
+    <t>Mayonesa En Polvo  Delissa 500 Gr</t>
+  </si>
+  <si>
+    <t>Salsa De Queso Agrosilva 980 Gr</t>
+  </si>
+  <si>
+    <t>Salsa Bbq  Agrosilva  1 Kg</t>
+  </si>
+  <si>
+    <t>Aceites</t>
+  </si>
+  <si>
+    <t>Aceite De Maravilla  Maxi Frits Para Freir  10 Lt</t>
+  </si>
+  <si>
+    <t>MAXI FRITS</t>
+  </si>
+  <si>
+    <t>Refrigerados</t>
+  </si>
+  <si>
+    <t>Carne de Vacuno</t>
+  </si>
+  <si>
+    <t>Mechada Gourmet  Vida Estable  Envase Pouch 1.2 Kg</t>
+  </si>
+  <si>
+    <t>VIDA ESTABLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Pino Casero Vida Estable Envase Pouch 3 Kg</t>
+  </si>
+  <si>
+    <t>Carne de cerdo</t>
+  </si>
+  <si>
+    <t>Tocino Ahumado Laminado PF Envase 1 Kg</t>
+  </si>
+  <si>
+    <t>Jamón Serrano Importado Envase  500 Gr</t>
+  </si>
+  <si>
+    <t>Vienesas</t>
+  </si>
+  <si>
+    <t>Vienesa De Pollo Cartuja  1 Kg.  (25 X 40 Gr)</t>
+  </si>
+  <si>
+    <t>CARTUJA</t>
+  </si>
+  <si>
+    <t>Vienesa De Pollo Cartuja Caja  8 Kg. (8 X 1 Kg.)</t>
+  </si>
+  <si>
+    <t>Quesos</t>
+  </si>
+  <si>
+    <t>Queso Gouda  Paihuen  Laminado Pack (2x500 Gr) 1 Kg</t>
+  </si>
+  <si>
+    <t>QUESOS PAIHUEN</t>
+  </si>
+  <si>
+    <t>Queso Gouda  Paihuen  Laminado 500 Gr</t>
+  </si>
+  <si>
+    <t>Queso Mozzarella  Molfino 1 Kg</t>
+  </si>
+  <si>
+    <t>Queso Cheddar Kraft Laminado 130 Gr</t>
+  </si>
+  <si>
+    <t>KRAFT</t>
+  </si>
+  <si>
+    <t>Mantequillas</t>
+  </si>
+  <si>
+    <t>Mantequilla Kumey 250g</t>
+  </si>
+  <si>
+    <t>KUMEY</t>
+  </si>
+  <si>
+    <t>Papas prefritas  C7 Farm Frites bolsa 2.5 Kg</t>
+  </si>
+  <si>
+    <t>FARM FRITES</t>
+  </si>
+  <si>
+    <t>Papas prefritas  C7 Farm Frites Caja 12.5 Kg (5 x 2.5 kG.)</t>
+  </si>
+  <si>
+    <t>Papas Prefritas</t>
+  </si>
+  <si>
+    <t>Papas Prefrita Minuto Verde 1 kg</t>
+  </si>
+  <si>
+    <t>Papas Prefritas Farm Frites C12  Bolsa 2 Kg</t>
+  </si>
+  <si>
+    <t>Papas Prefritas Farm Frites C12 Caja 12 Kg (6 X 2 Kg.)</t>
+  </si>
+  <si>
+    <t>Papas Rusticas Sazonadas Farm Frites Bolsa  2 Kg</t>
+  </si>
+  <si>
+    <t>Papas Rusticas Sazonadas Farm Frites Caja 12 Kg. ( 6 X 2 Kg )</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Papas Rusticas Simplot Bolsa 2 Kg </t>
+  </si>
+  <si>
+    <t>SIMPLOT</t>
+  </si>
+  <si>
+    <t>Papas Rusticas Simplot Caja 10 Kg. (5 X 2 Kg)</t>
+  </si>
+  <si>
+    <t>Papas Prefritas Lambweston C7 Fina bolsa 2.25 Kg</t>
+  </si>
+  <si>
+    <t>LAMBWESTON</t>
+  </si>
+  <si>
+    <t>Papas Prefritas C7  Lambweston Caja 18 Kg (8 X 2.25 Kg)</t>
+  </si>
+  <si>
+    <t>Papas Duquesa Minuto Verde  Bolsa 1 Kg</t>
+  </si>
+  <si>
+    <t>Papas Duquesa Minuto Verde Bolsa 2.5 Kg</t>
+  </si>
+  <si>
+    <t>Cajita Para Compartir</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caja Parrillera (6 a 8 Personas) </t>
+  </si>
+  <si>
+    <t>Caja Parrillera (Hamb Vacuno 225 gr - Costillar de Cerdo - Chuletas - Pechugas)</t>
+  </si>
+  <si>
+    <t>Kit Hamburguesero</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kit (1 Caja de Hamburguesa  Karmac - 6 Cheddar - 1 Salsa de Queso) </t>
   </si>
   <si>
     <t xml:space="preserve"> Kit (1 Caja de Hamburguesa La Crianza - 4 Cheddar - 1 Salsa de Queso)</t>
   </si>
   <si>
     <t>Kit (1 Caja de Hamburguesa Super Beef - 8 Cheddar - 1 Salsa de Queso)</t>
-  </si>
-[...517 lines deleted...]
-    <t>Papas Duquesa Minuto Verde Bolsa 2.5 Kg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1036,51 +1054,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F161"/>
+  <dimension ref="A1:F164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1106,3184 +1124,3244 @@
         <v>25500</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
         <v>24201</v>
       </c>
       <c r="F3">
         <v>28800</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4">
         <v>8319</v>
       </c>
       <c r="F4">
         <v>9900</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E5">
         <v>12478</v>
       </c>
       <c r="F5">
         <v>14850</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E6">
         <v>798</v>
       </c>
       <c r="F6">
         <v>950</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="E7">
         <v>3109</v>
       </c>
       <c r="F7">
         <v>3700</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E8">
         <v>19411</v>
       </c>
       <c r="F8">
         <v>23100</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
         <v>15546</v>
       </c>
       <c r="F9">
         <v>18500</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C10" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E10">
         <v>11680</v>
       </c>
       <c r="F10">
         <v>13900</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E11">
         <v>882</v>
       </c>
       <c r="F11">
         <v>1050</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>23</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E12">
         <v>3352</v>
       </c>
       <c r="F12">
         <v>3990</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>24</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E13">
         <v>10000</v>
       </c>
       <c r="F13">
         <v>11900</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C14" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E14">
         <v>2016</v>
       </c>
       <c r="F14">
         <v>2400</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D15" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E15">
         <v>3907</v>
       </c>
       <c r="F15">
         <v>4650</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D16" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E16">
         <v>1722</v>
       </c>
       <c r="F16">
         <v>2050</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C17" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="E17">
         <v>6714</v>
       </c>
       <c r="F17">
         <v>7990</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C18" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E18">
         <v>26621</v>
       </c>
       <c r="F18">
         <v>31680</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C19" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D19" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E19">
         <v>5033</v>
       </c>
       <c r="F19">
         <v>5990</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20">
         <v>14781</v>
       </c>
       <c r="F20">
         <v>17590</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C21" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21">
         <v>5126</v>
       </c>
       <c r="F21">
         <v>6100</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C22" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22">
         <v>13445</v>
       </c>
       <c r="F22">
         <v>16000</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C23" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D23" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E23">
         <v>7134</v>
       </c>
       <c r="F23">
         <v>8490</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="B24" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C24" t="s">
         <v>42</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24">
-        <v>4193</v>
+        <v>4613</v>
       </c>
       <c r="F24">
-        <v>4990</v>
+        <v>5490</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
+        <v>38</v>
+      </c>
+      <c r="C25" t="s">
         <v>43</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="E25">
-        <v>3319</v>
+        <v>4613</v>
       </c>
       <c r="F25">
-        <v>3950</v>
+        <v>5490</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
+        <v>44</v>
+      </c>
+      <c r="C26" t="s">
+        <v>45</v>
+      </c>
+      <c r="D26" t="s">
         <v>46</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26"/>
       <c r="E26">
-        <v>3991</v>
+        <v>3319</v>
       </c>
       <c r="F26">
-        <v>4750</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C27" t="s">
         <v>48</v>
       </c>
       <c r="D27"/>
       <c r="E27">
-        <v>4193</v>
+        <v>3991</v>
       </c>
       <c r="F27">
-        <v>4990</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
+        <v>47</v>
+      </c>
+      <c r="C28" t="s">
         <v>49</v>
       </c>
-      <c r="C28" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D28"/>
       <c r="E28">
-        <v>31764</v>
+        <v>4193</v>
       </c>
       <c r="F28">
-        <v>37800</v>
+        <v>4990</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C29" t="s">
         <v>51</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="E29">
-        <v>24453</v>
+        <v>27058</v>
       </c>
       <c r="F29">
-        <v>29100</v>
+        <v>32200</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C30" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="E30">
-        <v>38336</v>
+        <v>546</v>
       </c>
       <c r="F30">
-        <v>45620</v>
+        <v>650</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C31" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D31" t="s">
         <v>54</v>
       </c>
       <c r="E31">
-        <v>27058</v>
+        <v>2647</v>
       </c>
       <c r="F31">
-        <v>32200</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C32" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D32" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E32">
-        <v>546</v>
+        <v>20840</v>
       </c>
       <c r="F32">
-        <v>650</v>
+        <v>24800</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C33" t="s">
         <v>57</v>
       </c>
       <c r="D33" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E33">
-        <v>2647</v>
+        <v>630</v>
       </c>
       <c r="F33">
-        <v>3150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C34" t="s">
+        <v>59</v>
+      </c>
+      <c r="D34" t="s">
         <v>58</v>
       </c>
-      <c r="D34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34">
-        <v>20840</v>
+        <v>2941</v>
       </c>
       <c r="F34">
-        <v>24800</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C35" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D35" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E35">
-        <v>630</v>
+        <v>16470</v>
       </c>
       <c r="F35">
-        <v>750</v>
+        <v>19600</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C36" t="s">
         <v>61</v>
       </c>
       <c r="D36" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="E36">
-        <v>2941</v>
+        <v>1386</v>
       </c>
       <c r="F36">
-        <v>3500</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C37" t="s">
         <v>62</v>
       </c>
       <c r="D37" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="E37">
-        <v>16470</v>
+        <v>462</v>
       </c>
       <c r="F37">
-        <v>19600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C38" t="s">
         <v>63</v>
       </c>
       <c r="D38" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="E38">
-        <v>1386</v>
+        <v>2226</v>
       </c>
       <c r="F38">
-        <v>1650</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C39" t="s">
         <v>64</v>
       </c>
       <c r="D39" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E39">
-        <v>462</v>
+        <v>24470</v>
       </c>
       <c r="F39">
-        <v>550</v>
+        <v>29120</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="C40" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D40" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="E40">
-        <v>2226</v>
+        <v>420</v>
       </c>
       <c r="F40">
-        <v>2650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="C41" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D41" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="E41">
-        <v>24470</v>
+        <v>2058</v>
       </c>
       <c r="F41">
-        <v>29120</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
+        <v>65</v>
+      </c>
+      <c r="C42" t="s">
+        <v>69</v>
+      </c>
+      <c r="D42" t="s">
         <v>67</v>
       </c>
-      <c r="C42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E42">
-        <v>420</v>
+        <v>16638</v>
       </c>
       <c r="F42">
-        <v>500</v>
+        <v>19800</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C43" t="s">
         <v>70</v>
       </c>
       <c r="D43" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="E43">
-        <v>2058</v>
+        <v>487</v>
       </c>
       <c r="F43">
-        <v>2450</v>
+        <v>580</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C44" t="s">
         <v>71</v>
       </c>
       <c r="D44" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="E44">
-        <v>16638</v>
+        <v>2268</v>
       </c>
       <c r="F44">
-        <v>19800</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C45" t="s">
         <v>72</v>
       </c>
       <c r="D45" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E45">
         <v>487</v>
       </c>
       <c r="F45">
         <v>580</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C46" t="s">
         <v>73</v>
       </c>
       <c r="D46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E46">
         <v>2268</v>
       </c>
       <c r="F46">
         <v>2700</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C47" t="s">
         <v>74</v>
       </c>
       <c r="D47" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E47">
-        <v>487</v>
+        <v>13109</v>
       </c>
       <c r="F47">
-        <v>580</v>
+        <v>15600</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C48" t="s">
         <v>75</v>
       </c>
       <c r="D48" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E48">
-        <v>2268</v>
+        <v>13109</v>
       </c>
       <c r="F48">
-        <v>2700</v>
+        <v>15600</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="C49" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D49" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="E49">
-        <v>13109</v>
+        <v>15798</v>
       </c>
       <c r="F49">
-        <v>15600</v>
+        <v>18800</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="C50" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D50" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E50">
-        <v>13109</v>
+        <v>2176</v>
       </c>
       <c r="F50">
-        <v>15600</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
+        <v>76</v>
+      </c>
+      <c r="C51" t="s">
+        <v>80</v>
+      </c>
+      <c r="D51" t="s">
         <v>78</v>
       </c>
-      <c r="C51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51">
-        <v>15798</v>
+        <v>1890</v>
       </c>
       <c r="F51">
-        <v>18800</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C52" t="s">
         <v>81</v>
       </c>
       <c r="D52" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E52">
-        <v>2176</v>
+        <v>2689</v>
       </c>
       <c r="F52">
-        <v>2590</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C53" t="s">
         <v>82</v>
       </c>
       <c r="D53" t="s">
-        <v>80</v>
+        <v>46</v>
       </c>
       <c r="E53">
-        <v>1890</v>
+        <v>2008</v>
       </c>
       <c r="F53">
-        <v>2250</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C54" t="s">
         <v>83</v>
       </c>
       <c r="D54" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E54">
-        <v>2689</v>
+        <v>2008</v>
       </c>
       <c r="F54">
-        <v>3200</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C55" t="s">
         <v>84</v>
       </c>
       <c r="D55" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E55">
-        <v>2008</v>
+        <v>2605</v>
       </c>
       <c r="F55">
-        <v>2390</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C56" t="s">
         <v>85</v>
       </c>
       <c r="D56" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E56">
-        <v>2008</v>
+        <v>2605</v>
       </c>
       <c r="F56">
-        <v>2390</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C57" t="s">
         <v>86</v>
       </c>
       <c r="D57" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E57">
-        <v>2605</v>
+        <v>3352</v>
       </c>
       <c r="F57">
-        <v>3100</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C58" t="s">
         <v>87</v>
       </c>
       <c r="D58" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E58">
-        <v>2605</v>
+        <v>1504</v>
       </c>
       <c r="F58">
-        <v>3100</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C59" t="s">
         <v>88</v>
       </c>
       <c r="D59" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E59">
-        <v>3352</v>
+        <v>2605</v>
       </c>
       <c r="F59">
-        <v>3990</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C60" t="s">
         <v>89</v>
       </c>
       <c r="D60" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E60">
-        <v>1504</v>
+        <v>2142</v>
       </c>
       <c r="F60">
-        <v>1790</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C61" t="s">
         <v>90</v>
       </c>
       <c r="D61" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E61">
-        <v>2605</v>
+        <v>3100</v>
       </c>
       <c r="F61">
-        <v>3100</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="C62" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D62" t="s">
-        <v>45</v>
+        <v>93</v>
       </c>
       <c r="E62">
-        <v>2142</v>
+        <v>8277</v>
       </c>
       <c r="F62">
-        <v>2550</v>
+        <v>9850</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="C63" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D63" t="s">
-        <v>45</v>
+        <v>93</v>
       </c>
       <c r="E63">
-        <v>3100</v>
+        <v>3260</v>
       </c>
       <c r="F63">
-        <v>3690</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
+        <v>91</v>
+      </c>
+      <c r="C64" t="s">
+        <v>95</v>
+      </c>
+      <c r="D64" t="s">
         <v>93</v>
       </c>
-      <c r="C64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64">
-        <v>8277</v>
+        <v>4949</v>
       </c>
       <c r="F64">
-        <v>9850</v>
+        <v>5890</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C65" t="s">
         <v>96</v>
       </c>
       <c r="D65" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="E65">
-        <v>3260</v>
+        <v>3613</v>
       </c>
       <c r="F65">
-        <v>3880</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C66" t="s">
         <v>97</v>
       </c>
       <c r="D66" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="E66">
-        <v>4949</v>
+        <v>3781</v>
       </c>
       <c r="F66">
-        <v>5890</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C67" t="s">
         <v>98</v>
       </c>
       <c r="D67" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="E67">
-        <v>3268</v>
+        <v>6176</v>
       </c>
       <c r="F67">
-        <v>3890</v>
+        <v>7350</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C68" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="D68"/>
       <c r="E68">
-        <v>3184</v>
+        <v>13100</v>
       </c>
       <c r="F68">
-        <v>3790</v>
+        <v>15590</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B69" t="s">
-        <v>93</v>
+        <v>11</v>
       </c>
       <c r="C69" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D69"/>
       <c r="E69">
-        <v>6176</v>
+        <v>10924</v>
       </c>
       <c r="F69">
-        <v>7350</v>
+        <v>13000</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C70" t="s">
         <v>102</v>
       </c>
       <c r="D70"/>
       <c r="E70">
-        <v>13100</v>
+        <v>3857</v>
       </c>
       <c r="F70">
-        <v>15590</v>
+        <v>4590</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="B71" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="C71" t="s">
         <v>103</v>
       </c>
       <c r="D71"/>
       <c r="E71">
-        <v>10924</v>
+        <v>3781</v>
       </c>
       <c r="F71">
-        <v>13000</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C72" t="s">
         <v>104</v>
       </c>
       <c r="D72"/>
       <c r="E72">
-        <v>3857</v>
+        <v>9537</v>
       </c>
       <c r="F72">
-        <v>4590</v>
+        <v>11350</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C73" t="s">
         <v>105</v>
       </c>
       <c r="D73"/>
       <c r="E73">
-        <v>3781</v>
+        <v>4285</v>
       </c>
       <c r="F73">
-        <v>4500</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C74" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D74"/>
+        <v>107</v>
+      </c>
+      <c r="D74" t="s">
+        <v>108</v>
+      </c>
       <c r="E74">
-        <v>9537</v>
+        <v>4663</v>
       </c>
       <c r="F74">
-        <v>11350</v>
+        <v>5550</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C75" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D75"/>
+        <v>109</v>
+      </c>
+      <c r="D75" t="s">
+        <v>108</v>
+      </c>
       <c r="E75">
-        <v>4285</v>
+        <v>6260</v>
       </c>
       <c r="F75">
-        <v>5100</v>
+        <v>7450</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
+        <v>106</v>
+      </c>
+      <c r="C76" t="s">
+        <v>110</v>
+      </c>
+      <c r="D76" t="s">
         <v>108</v>
       </c>
-      <c r="C76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76">
-        <v>4663</v>
+        <v>3109</v>
       </c>
       <c r="F76">
-        <v>5550</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C77" t="s">
         <v>111</v>
       </c>
       <c r="D77" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E77">
-        <v>6260</v>
+        <v>3655</v>
       </c>
       <c r="F77">
-        <v>7450</v>
+        <v>4350</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C78" t="s">
         <v>112</v>
       </c>
       <c r="D78" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E78">
-        <v>3109</v>
+        <v>5672</v>
       </c>
       <c r="F78">
-        <v>3700</v>
+        <v>6750</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C79" t="s">
         <v>113</v>
       </c>
       <c r="D79" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E79">
-        <v>3655</v>
+        <v>5453</v>
       </c>
       <c r="F79">
-        <v>4350</v>
+        <v>6490</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C80" t="s">
         <v>114</v>
       </c>
       <c r="D80" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E80">
-        <v>5672</v>
+        <v>5126</v>
       </c>
       <c r="F80">
-        <v>6750</v>
+        <v>6100</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C81" t="s">
         <v>115</v>
       </c>
       <c r="D81" t="s">
-        <v>110</v>
+        <v>46</v>
       </c>
       <c r="E81">
-        <v>5453</v>
+        <v>4075</v>
       </c>
       <c r="F81">
-        <v>6490</v>
+        <v>4850</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C82" t="s">
         <v>116</v>
       </c>
       <c r="D82" t="s">
-        <v>110</v>
+        <v>46</v>
       </c>
       <c r="E82">
-        <v>5126</v>
+        <v>4747</v>
       </c>
       <c r="F82">
-        <v>6100</v>
+        <v>5650</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C83" t="s">
         <v>117</v>
       </c>
       <c r="D83" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E83">
-        <v>4075</v>
+        <v>4831</v>
       </c>
       <c r="F83">
-        <v>4850</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="B84" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="C84" t="s">
         <v>118</v>
       </c>
       <c r="D84" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E84">
-        <v>4747</v>
+        <v>2899</v>
       </c>
       <c r="F84">
-        <v>5650</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C85" t="s">
         <v>119</v>
       </c>
       <c r="D85" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E85">
-        <v>4831</v>
+        <v>3773</v>
       </c>
       <c r="F85">
-        <v>5750</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C86" t="s">
         <v>120</v>
       </c>
       <c r="D86" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E86">
-        <v>2899</v>
+        <v>5042</v>
       </c>
       <c r="F86">
-        <v>3450</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C87" t="s">
         <v>121</v>
       </c>
       <c r="D87" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E87">
-        <v>3773</v>
+        <v>3025</v>
       </c>
       <c r="F87">
-        <v>4490</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="C88" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D88" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E88">
-        <v>5042</v>
+        <v>5453</v>
       </c>
       <c r="F88">
-        <v>6000</v>
+        <v>6490</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="C89" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D89" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E89">
-        <v>3025</v>
+        <v>3445</v>
       </c>
       <c r="F89">
-        <v>3600</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B90" t="s">
-        <v>124</v>
+        <v>11</v>
       </c>
       <c r="C90" t="s">
         <v>125</v>
       </c>
       <c r="D90" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="E90">
-        <v>5453</v>
+        <v>3689</v>
       </c>
       <c r="F90">
-        <v>6490</v>
+        <v>4390</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C91" t="s">
         <v>126</v>
       </c>
       <c r="D91" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E91">
-        <v>3445</v>
+        <v>7554</v>
       </c>
       <c r="F91">
-        <v>4100</v>
+        <v>8990</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C92" t="s">
         <v>127</v>
       </c>
       <c r="D92" t="s">
-        <v>80</v>
+        <v>46</v>
       </c>
       <c r="E92">
-        <v>3689</v>
+        <v>4285</v>
       </c>
       <c r="F92">
-        <v>4390</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="B93" t="s">
-        <v>41</v>
+        <v>122</v>
       </c>
       <c r="C93" t="s">
         <v>128</v>
       </c>
       <c r="D93" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E93">
-        <v>6134</v>
+        <v>4025</v>
       </c>
       <c r="F93">
-        <v>7300</v>
+        <v>4790</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C94" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D94" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="E94">
-        <v>4285</v>
+        <v>915</v>
       </c>
       <c r="F94">
-        <v>5100</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C95" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D95" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="E95">
-        <v>4025</v>
+        <v>4537</v>
       </c>
       <c r="F95">
-        <v>4790</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C96" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D96" t="s">
-        <v>26</v>
+        <v>134</v>
       </c>
       <c r="E96">
-        <v>915</v>
+        <v>3941</v>
       </c>
       <c r="F96">
-        <v>1090</v>
+        <v>4690</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C97" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D97" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="E97">
-        <v>4537</v>
+        <v>5873</v>
       </c>
       <c r="F97">
-        <v>5400</v>
+        <v>6990</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
         <v>6</v>
       </c>
       <c r="B98" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C98" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D98" t="s">
-        <v>136</v>
+        <v>27</v>
       </c>
       <c r="E98">
-        <v>3941</v>
+        <v>915</v>
       </c>
       <c r="F98">
-        <v>4690</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C99" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D99" t="s">
-        <v>138</v>
+        <v>27</v>
       </c>
       <c r="E99">
-        <v>5873</v>
+        <v>4537</v>
       </c>
       <c r="F99">
-        <v>6990</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C100" t="s">
         <v>139</v>
       </c>
       <c r="D100" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E100">
-        <v>915</v>
+        <v>23277</v>
       </c>
       <c r="F100">
-        <v>1090</v>
+        <v>27700</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C101" t="s">
         <v>140</v>
       </c>
       <c r="D101" t="s">
-        <v>26</v>
+        <v>134</v>
       </c>
       <c r="E101">
-        <v>4537</v>
+        <v>462</v>
       </c>
       <c r="F101">
-        <v>5400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>6</v>
       </c>
       <c r="B102" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C102" t="s">
         <v>141</v>
       </c>
       <c r="D102" t="s">
-        <v>26</v>
+        <v>134</v>
       </c>
       <c r="E102">
-        <v>23277</v>
+        <v>2310</v>
       </c>
       <c r="F102">
-        <v>27700</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>6</v>
       </c>
       <c r="B103" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C103" t="s">
         <v>142</v>
       </c>
       <c r="D103" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E103">
-        <v>462</v>
+        <v>29243</v>
       </c>
       <c r="F103">
-        <v>550</v>
+        <v>34800</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>6</v>
       </c>
       <c r="B104" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C104" t="s">
         <v>143</v>
       </c>
       <c r="D104" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E104">
-        <v>2310</v>
+        <v>571</v>
       </c>
       <c r="F104">
-        <v>2750</v>
+        <v>680</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
         <v>6</v>
       </c>
       <c r="B105" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C105" t="s">
         <v>144</v>
       </c>
       <c r="D105" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E105">
-        <v>29243</v>
+        <v>2773</v>
       </c>
       <c r="F105">
-        <v>34800</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>6</v>
       </c>
       <c r="B106" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C106" t="s">
         <v>145</v>
       </c>
       <c r="D106" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E106">
-        <v>571</v>
+        <v>16386</v>
       </c>
       <c r="F106">
-        <v>680</v>
+        <v>19500</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>6</v>
       </c>
       <c r="B107" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C107" t="s">
         <v>146</v>
       </c>
       <c r="D107" t="s">
-        <v>136</v>
+        <v>27</v>
       </c>
       <c r="E107">
-        <v>2773</v>
+        <v>915</v>
       </c>
       <c r="F107">
-        <v>3300</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>6</v>
       </c>
       <c r="B108" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C108" t="s">
         <v>147</v>
       </c>
       <c r="D108" t="s">
-        <v>136</v>
+        <v>27</v>
       </c>
       <c r="E108">
-        <v>16386</v>
+        <v>4537</v>
       </c>
       <c r="F108">
-        <v>19500</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>6</v>
       </c>
       <c r="B109" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C109" t="s">
         <v>148</v>
       </c>
       <c r="D109" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E109">
-        <v>915</v>
+        <v>23277</v>
       </c>
       <c r="F109">
-        <v>1090</v>
+        <v>27700</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>6</v>
       </c>
       <c r="B110" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="C110" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D110" t="s">
-        <v>26</v>
+        <v>151</v>
       </c>
       <c r="E110">
-        <v>4537</v>
+        <v>672</v>
       </c>
       <c r="F110">
-        <v>5400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>6</v>
       </c>
       <c r="B111" t="s">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="C111" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D111" t="s">
-        <v>26</v>
+        <v>151</v>
       </c>
       <c r="E111">
-        <v>23277</v>
+        <v>3235</v>
       </c>
       <c r="F111">
-        <v>27700</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
         <v>6</v>
       </c>
       <c r="B112" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C112" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D112" t="s">
         <v>153</v>
       </c>
+      <c r="D112"/>
       <c r="E112">
-        <v>672</v>
+        <v>25126</v>
       </c>
       <c r="F112">
-        <v>800</v>
+        <v>29900</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
         <v>6</v>
       </c>
       <c r="B113" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C113" t="s">
         <v>154</v>
       </c>
       <c r="D113" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E113">
-        <v>3235</v>
+        <v>546</v>
       </c>
       <c r="F113">
-        <v>3850</v>
+        <v>650</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
         <v>6</v>
       </c>
       <c r="B114" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C114" t="s">
         <v>155</v>
       </c>
-      <c r="D114"/>
+      <c r="D114" t="s">
+        <v>151</v>
+      </c>
       <c r="E114">
-        <v>25126</v>
+        <v>2647</v>
       </c>
       <c r="F114">
-        <v>29900</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>6</v>
       </c>
       <c r="B115" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C115" t="s">
         <v>156</v>
       </c>
       <c r="D115" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E115">
-        <v>546</v>
+        <v>28487</v>
       </c>
       <c r="F115">
-        <v>650</v>
+        <v>33900</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
         <v>6</v>
       </c>
       <c r="B116" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C116" t="s">
         <v>157</v>
       </c>
       <c r="D116" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E116">
-        <v>2647</v>
+        <v>2100</v>
       </c>
       <c r="F116">
-        <v>3150</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B117" t="s">
-        <v>151</v>
+        <v>11</v>
       </c>
       <c r="C117" t="s">
         <v>158</v>
       </c>
       <c r="D117" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E117">
-        <v>28487</v>
+        <v>4529</v>
       </c>
       <c r="F117">
-        <v>33900</v>
+        <v>5390</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
         <v>6</v>
       </c>
       <c r="B118" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="C118" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D118" t="s">
-        <v>153</v>
+        <v>27</v>
       </c>
       <c r="E118">
-        <v>2100</v>
+        <v>23277</v>
       </c>
       <c r="F118">
-        <v>2500</v>
+        <v>27700</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>41</v>
+        <v>161</v>
       </c>
       <c r="B119" t="s">
-        <v>41</v>
+        <v>162</v>
       </c>
       <c r="C119" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D119" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="E119">
-        <v>4529</v>
+        <v>28570</v>
       </c>
       <c r="F119">
-        <v>5390</v>
+        <v>33999</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>6</v>
+        <v>161</v>
       </c>
       <c r="B120" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C120" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D120" t="s">
-        <v>26</v>
+        <v>164</v>
       </c>
       <c r="E120">
-        <v>23277</v>
+        <v>1848</v>
       </c>
       <c r="F120">
-        <v>27700</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B121" t="s">
+        <v>162</v>
+      </c>
+      <c r="C121" t="s">
+        <v>166</v>
+      </c>
+      <c r="D121" t="s">
         <v>164</v>
       </c>
-      <c r="C121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E121">
-        <v>28570</v>
+        <v>19747</v>
       </c>
       <c r="F121">
-        <v>33999</v>
+        <v>23500</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B122" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C122" t="s">
         <v>167</v>
       </c>
       <c r="D122" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E122">
-        <v>1848</v>
+        <v>19327</v>
       </c>
       <c r="F122">
-        <v>2200</v>
+        <v>23000</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B123" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C123" t="s">
         <v>168</v>
       </c>
       <c r="D123" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E123">
-        <v>19747</v>
+        <v>21680</v>
       </c>
       <c r="F123">
-        <v>23500</v>
+        <v>25800</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B124" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C124" t="s">
         <v>169</v>
       </c>
       <c r="D124" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E124">
-        <v>19327</v>
+        <v>1932</v>
       </c>
       <c r="F124">
-        <v>23000</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B125" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C125" t="s">
         <v>170</v>
       </c>
       <c r="D125" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E125">
-        <v>21680</v>
+        <v>1344</v>
       </c>
       <c r="F125">
-        <v>25800</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B126" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C126" t="s">
         <v>171</v>
       </c>
       <c r="D126" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E126">
-        <v>1932</v>
+        <v>3571</v>
       </c>
       <c r="F126">
-        <v>2300</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B127" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C127" t="s">
         <v>172</v>
       </c>
       <c r="D127" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="E127">
-        <v>1344</v>
+        <v>1764</v>
       </c>
       <c r="F127">
-        <v>1600</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B128" t="s">
+        <v>162</v>
+      </c>
+      <c r="C128" t="s">
+        <v>174</v>
+      </c>
+      <c r="D128" t="s">
         <v>164</v>
       </c>
-      <c r="C128" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E128">
-        <v>3352</v>
+        <v>2941</v>
       </c>
       <c r="F128">
-        <v>3990</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B129" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C129" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D129" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E129">
-        <v>1764</v>
+        <v>1848</v>
       </c>
       <c r="F129">
-        <v>2100</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B130" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C130" t="s">
         <v>176</v>
       </c>
       <c r="D130" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E130">
-        <v>2605</v>
+        <v>1302</v>
       </c>
       <c r="F130">
-        <v>3100</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B131" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C131" t="s">
         <v>177</v>
       </c>
       <c r="D131" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E131">
-        <v>1848</v>
+        <v>1890</v>
       </c>
       <c r="F131">
-        <v>2200</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B132" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C132" t="s">
         <v>178</v>
       </c>
       <c r="D132" t="s">
-        <v>166</v>
+        <v>179</v>
       </c>
       <c r="E132">
-        <v>1302</v>
+        <v>10000</v>
       </c>
       <c r="F132">
-        <v>1550</v>
+        <v>11900</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B133" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C133" t="s">
+        <v>180</v>
+      </c>
+      <c r="D133" t="s">
         <v>179</v>
       </c>
-      <c r="D133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133">
-        <v>1890</v>
+        <v>5168</v>
       </c>
       <c r="F133">
-        <v>2250</v>
+        <v>6150</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>163</v>
+        <v>11</v>
       </c>
       <c r="B134" t="s">
-        <v>164</v>
+        <v>11</v>
       </c>
       <c r="C134" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D134" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="E134">
-        <v>10000</v>
+        <v>2100</v>
       </c>
       <c r="F134">
-        <v>11900</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B135" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C135" t="s">
         <v>182</v>
       </c>
       <c r="D135" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="E135">
-        <v>5168</v>
+        <v>2016</v>
       </c>
       <c r="F135">
-        <v>6150</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B136" t="s">
-        <v>164</v>
+        <v>183</v>
       </c>
       <c r="C136" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D136" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E136">
-        <v>2100</v>
+        <v>19243</v>
       </c>
       <c r="F136">
-        <v>2500</v>
+        <v>22900</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>163</v>
+        <v>186</v>
       </c>
       <c r="B137" t="s">
-        <v>164</v>
+        <v>187</v>
       </c>
       <c r="C137" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D137" t="s">
-        <v>175</v>
+        <v>189</v>
       </c>
       <c r="E137">
-        <v>2016</v>
+        <v>13907</v>
       </c>
       <c r="F137">
-        <v>2400</v>
+        <v>16550</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>163</v>
+        <v>186</v>
       </c>
       <c r="B138" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C138" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D138" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E138">
-        <v>19243</v>
+        <v>18823</v>
       </c>
       <c r="F138">
-        <v>22900</v>
+        <v>22400</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B139" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C139" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D139" t="s">
-        <v>191</v>
+        <v>136</v>
       </c>
       <c r="E139">
-        <v>13907</v>
+        <v>9537</v>
       </c>
       <c r="F139">
-        <v>16550</v>
+        <v>11350</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B140" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C140" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="D140"/>
       <c r="E140">
-        <v>18823</v>
+        <v>9915</v>
       </c>
       <c r="F140">
-        <v>22400</v>
+        <v>11800</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B141" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C141" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D141" t="s">
-        <v>138</v>
+        <v>196</v>
       </c>
       <c r="E141">
-        <v>9537</v>
+        <v>3436</v>
       </c>
       <c r="F141">
-        <v>11350</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B142" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C142" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="D142"/>
+        <v>197</v>
+      </c>
+      <c r="D142" t="s">
+        <v>196</v>
+      </c>
       <c r="E142">
-        <v>9915</v>
+        <v>27495</v>
       </c>
       <c r="F142">
-        <v>11800</v>
+        <v>32720</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B143" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C143" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D143" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E143">
-        <v>3436</v>
+        <v>6974</v>
       </c>
       <c r="F143">
-        <v>4090</v>
+        <v>8300</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B144" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C144" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D144" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E144">
-        <v>27495</v>
+        <v>3571</v>
       </c>
       <c r="F144">
-        <v>32720</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B145" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C145" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D145" t="s">
         <v>202</v>
       </c>
+      <c r="D145"/>
       <c r="E145">
-        <v>6974</v>
+        <v>6630</v>
       </c>
       <c r="F145">
-        <v>8300</v>
+        <v>7890</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B146" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C146" t="s">
         <v>203</v>
       </c>
       <c r="D146" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E146">
-        <v>3571</v>
+        <v>1470</v>
       </c>
       <c r="F146">
-        <v>4250</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B147" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C147" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="D147"/>
+        <v>206</v>
+      </c>
+      <c r="D147" t="s">
+        <v>207</v>
+      </c>
       <c r="E147">
-        <v>6630</v>
+        <v>2512</v>
       </c>
       <c r="F147">
-        <v>7890</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="B148" t="s">
-        <v>200</v>
+        <v>11</v>
       </c>
       <c r="C148" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D148" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="E148">
-        <v>1470</v>
+        <v>4831</v>
       </c>
       <c r="F148">
-        <v>1750</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="B149" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="C149" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D149" t="s">
         <v>209</v>
       </c>
       <c r="E149">
-        <v>2092</v>
+        <v>24159</v>
       </c>
       <c r="F149">
-        <v>2490</v>
+        <v>28750</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="B150" t="s">
-        <v>41</v>
+        <v>211</v>
       </c>
       <c r="C150" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D150" t="s">
-        <v>211</v>
+        <v>46</v>
       </c>
       <c r="E150">
-        <v>4831</v>
+        <v>2689</v>
       </c>
       <c r="F150">
-        <v>5750</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="B151" t="s">
-        <v>41</v>
+        <v>211</v>
       </c>
       <c r="C151" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D151" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="E151">
-        <v>24159</v>
+        <v>3781</v>
       </c>
       <c r="F151">
-        <v>28750</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>6</v>
       </c>
       <c r="B152" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C152" t="s">
         <v>214</v>
       </c>
       <c r="D152" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="E152">
-        <v>3781</v>
+        <v>22689</v>
       </c>
       <c r="F152">
-        <v>4500</v>
+        <v>27000</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>6</v>
       </c>
       <c r="B153" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C153" t="s">
         <v>215</v>
       </c>
       <c r="D153" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="E153">
-        <v>22689</v>
+        <v>4705</v>
       </c>
       <c r="F153">
-        <v>27000</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>6</v>
       </c>
       <c r="B154" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C154" t="s">
         <v>216</v>
       </c>
       <c r="D154" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="E154">
-        <v>4705</v>
+        <v>28235</v>
       </c>
       <c r="F154">
-        <v>5600</v>
+        <v>33600</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B155" t="s">
-        <v>213</v>
+        <v>11</v>
       </c>
       <c r="C155" t="s">
         <v>217</v>
       </c>
       <c r="D155" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="E155">
-        <v>28235</v>
+        <v>4705</v>
       </c>
       <c r="F155">
-        <v>33600</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B156" t="s">
-        <v>213</v>
+        <v>11</v>
       </c>
       <c r="C156" t="s">
+        <v>219</v>
+      </c>
+      <c r="D156" t="s">
         <v>218</v>
       </c>
-      <c r="D156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E156">
-        <v>4705</v>
+        <v>23529</v>
       </c>
       <c r="F156">
-        <v>5600</v>
+        <v>28000</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
         <v>6</v>
       </c>
       <c r="B157" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C157" t="s">
         <v>220</v>
       </c>
       <c r="D157" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E157">
-        <v>23529</v>
+        <v>4529</v>
       </c>
       <c r="F157">
-        <v>28000</v>
+        <v>5390</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
         <v>6</v>
       </c>
       <c r="B158" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C158" t="s">
+        <v>222</v>
+      </c>
+      <c r="D158" t="s">
         <v>221</v>
       </c>
-      <c r="D158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E158">
-        <v>4529</v>
+        <v>36235</v>
       </c>
       <c r="F158">
-        <v>5390</v>
+        <v>43120</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
         <v>6</v>
       </c>
       <c r="B159" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C159" t="s">
         <v>223</v>
       </c>
       <c r="D159" t="s">
-        <v>222</v>
+        <v>46</v>
       </c>
       <c r="E159">
-        <v>36235</v>
+        <v>2647</v>
       </c>
       <c r="F159">
-        <v>43120</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
         <v>6</v>
       </c>
       <c r="B160" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C160" t="s">
         <v>224</v>
       </c>
       <c r="D160" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E160">
-        <v>2647</v>
+        <v>5966</v>
       </c>
       <c r="F160">
-        <v>3150</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>6</v>
+        <v>225</v>
       </c>
       <c r="B161" t="s">
-        <v>213</v>
+        <v>226</v>
       </c>
       <c r="C161" t="s">
+        <v>227</v>
+      </c>
+      <c r="D161" t="s">
+        <v>9</v>
+      </c>
+      <c r="E161">
+        <v>25941</v>
+      </c>
+      <c r="F161">
+        <v>30870</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162" t="s">
         <v>225</v>
       </c>
-      <c r="D161" t="s">
-[...6 lines deleted...]
-        <v>7100</v>
+      <c r="B162" t="s">
+        <v>228</v>
+      </c>
+      <c r="C162" t="s">
+        <v>229</v>
+      </c>
+      <c r="D162" t="s">
+        <v>9</v>
+      </c>
+      <c r="E162">
+        <v>31764</v>
+      </c>
+      <c r="F162">
+        <v>37800</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163" t="s">
+        <v>225</v>
+      </c>
+      <c r="B163" t="s">
+        <v>228</v>
+      </c>
+      <c r="C163" t="s">
+        <v>230</v>
+      </c>
+      <c r="D163" t="s">
+        <v>9</v>
+      </c>
+      <c r="E163">
+        <v>24453</v>
+      </c>
+      <c r="F163">
+        <v>29100</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164" t="s">
+        <v>225</v>
+      </c>
+      <c r="B164" t="s">
+        <v>228</v>
+      </c>
+      <c r="C164" t="s">
+        <v>231</v>
+      </c>
+      <c r="D164" t="s">
+        <v>9</v>
+      </c>
+      <c r="E164">
+        <v>38336</v>
+      </c>
+      <c r="F164">
+        <v>45620</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">